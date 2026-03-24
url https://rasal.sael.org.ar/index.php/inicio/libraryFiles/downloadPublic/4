--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -1,923 +1,1022 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="0020642E">
-      <w:pPr>
+    <w:p w14:paraId="3EB72AFD" w14:textId="3527A019" w:rsidR="00AF70DE" w:rsidRDefault="00AF70DE" w:rsidP="00AF70DE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1B87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C35B3C0" wp14:editId="34250370">
+            <wp:extent cx="3672028" cy="1036320"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="257762681" name="Imagen 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="257762681" name="Imagen 257762681"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3713189" cy="1047936"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BD6EF1" w14:textId="17C75859" w:rsidR="00AF70DE" w:rsidRPr="00AF70DE" w:rsidRDefault="00AF70DE" w:rsidP="00AF70DE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF70DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Declaración de Autoría</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DF331A" w14:textId="13F8F1E5" w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="0020642E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F1B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t>Autor principal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
+    <w:p w14:paraId="3DB8539F" w14:textId="77777777" w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nombre y apellido:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
+    <w:p w14:paraId="636CD93F" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
+    <w:p w14:paraId="61D72199" w14:textId="77777777" w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="0020642E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ORCID:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="0020642E">
+    <w:p w14:paraId="1530D103" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="0020642E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Afiliación:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="0CCF1F2F" w14:textId="77777777" w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nota biográfica</w:t>
       </w:r>
       <w:r w:rsidR="0020642E" w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hasta 100 palabras máximo)</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="00EBFF4E" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="78AE13C5" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Autor 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="493974DD" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nombre y apellido:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="3C4510E3" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="40A59CB2" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ORCID:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="2C793667" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Afiliación:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="4128C9CF" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nota biográfica (hasta 100 palabras máximo):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="54D2F379" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="3BD34AAA" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Colaborador </w:t>
       </w:r>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(si corresponde)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="33E43034" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nombre y apellido:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="541A0990" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="05EDCEE1" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ORCID:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="0F2640FE" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Afiliación:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
+    <w:p w14:paraId="49980D0A" w14:textId="77777777" w:rsidR="009F1B87" w:rsidRPr="009F1B87" w:rsidRDefault="009F1B87" w:rsidP="009F1B87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1B87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nota biográfica (hasta 100 palabras máximo):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="009F1B87">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="69391E62" w14:textId="77777777" w:rsidR="0020642E" w:rsidRPr="009F1B87" w:rsidRDefault="0020642E" w:rsidP="009F1B87">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0020642E" w:rsidRPr="009F1B87">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0020642E"/>
     <w:rsid w:val="0020642E"/>
     <w:rsid w:val="002D4463"/>
     <w:rsid w:val="00522A3D"/>
+    <w:rsid w:val="006B184F"/>
     <w:rsid w:val="00792D87"/>
     <w:rsid w:val="00961350"/>
     <w:rsid w:val="009F1B87"/>
+    <w:rsid w:val="00AF70DE"/>
     <w:rsid w:val="00C41FFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7FE0D626"/>
+  <w15:docId w15:val="{BA0D38D3-CF1C-48E7-91AA-E9AB80666F21}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-AR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...366 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
     <w:aliases w:val="Subtítulo 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00961350"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
@@ -950,58 +1049,58 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
     <w:aliases w:val="Subtítulo 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00961350"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1263,69 +1362,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A41B3C64-94C6-47E1-967C-8D60AEF32FEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>49</Words>
-  <Characters>274</Characters>
+  <Words>53</Words>
+  <Characters>295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universidad de Palermo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>322</CharactersWithSpaces>
+  <CharactersWithSpaces>347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RASAL;Elizabeth León</dc:creator>
   <cp:keywords>Autoría;RASAL</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>