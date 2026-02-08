--- v0 (2025-10-09)
+++ v1 (2026-02-08)
@@ -1,2678 +1,3988 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E5954">
+    <w:p w14:paraId="2F1B8E64" w14:textId="77777777" w:rsidR="00C778B7" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
-        <w:pStyle w:val="LO-normal"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:after="0" w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="3C78D8"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="3C78D8"/>
+        </w:rPr>
+        <w:t>Utilizar este archivo para desarrollar la reseña</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000004" w14:textId="22872402" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>Utilizar este archivo para desarrollar la reseña</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reseña de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nombre y Apellido del autor/editor del libro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000005" w14:textId="5034922B" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Título del libro reseñado</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Datos técnicos: </w:t>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>Tamaño 10 pts.</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>(en itálica)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000006" w14:textId="19B0A8F9" w:rsidR="006E5954" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> (ed.)</w:t>
+        </w:rPr>
+        <w:t>Editorial, año, (cantidad de páginas), ISBN número</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="09C48FDA" w14:textId="22993E38" w:rsidR="004441EA" w:rsidRPr="00C778B7" w:rsidRDefault="004441EA" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>Derecho y lenguaje. Abordajes epistemológicos de una relación compleja</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47669">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t>Título:</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en caso de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47669">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>haber uno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> itálicas.</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000007" w14:textId="2AB45022" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-        <w:t>. de págs.), ISBN</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco. Datos en inglés:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000008" w14:textId="107A370B" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="006E2046" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>”</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C778B7" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nombre y Apellido del autor/editor del libro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="1FF44FF5" w14:textId="77777777" w:rsidR="00C778B7" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Título del libro reseñado</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">, Helga María (ed.) </w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>(en itálica)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000A" w14:textId="6A51D026" w:rsidR="006E5954" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>Derecho y lenguaje. Abordajes epistemológicos de una relación compleja</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Editorial, año, (cantidad de páginas), ISBN número</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="7ECC52AD" w14:textId="229BF099" w:rsidR="004441EA" w:rsidRPr="00C778B7" w:rsidRDefault="004441EA" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-          <w:color w:val="000000"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47669">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completar </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>), ISBN 9789871775415</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>en caso de haber uno)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000B" w14:textId="59DBCFC1" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>”</w:t>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000C" w14:textId="0592788B" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="006E2046" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C778B7" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Tamaño 10 pts., alineación derecha.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> de reseña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="3C78D8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+        </w:rPr>
+        <w:t>alineación derecha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000D" w14:textId="16B9E72A" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>Lidia Raquel Miranda</w:t>
+        </w:rPr>
+        <w:t>Nombre y Apellido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000E" w14:textId="22C24794" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="006E2046" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>(Universidad Nacional de La Pampa / CONICET)</w:t>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Filiación Institucional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000000F" w14:textId="1A721C48" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="006E2046" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>https://orcid.org/0000-0002-9250-24XX</w:t>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>número</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000010" w14:textId="564981D6" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-          <w:color w:val="000000"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sangría</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 0,6 cm al inicio de cada párrafo.</w:t>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6 cm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>inicio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>párrafo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E2046" w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000011" w14:textId="6D3BE24A" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...150 lines deleted...]
-        <w:t xml:space="preserve"> ponen de manifiesto que resta mucho camino para andar y que el tópico en cuestión parece una fuente que nunca se agota. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> massa. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pulvinar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>eros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> habitant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fames ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Proin pharetra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aenean nec lorem. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mattis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nunc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>neque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004441EA" w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004441EA" w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidR="004441EA" w:rsidRPr="004441EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="00000014" w14:textId="652C5EEA" w:rsidR="006E5954" w:rsidRPr="00F24D85" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...79 lines deleted...]
-        <w:t>argentina, contexto en el cual se ha visibilizado recientemente la teoría de la argumentación y, sobre todo, la influencia de la retórica en la litigación oral.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>aliquet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pede non pede. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dapibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Integer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Donec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>blandit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>feugiat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ligula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Donec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, felis et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>euismod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>metus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lacinia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nisl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sapien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consequat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consequat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> erat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>volutpat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in nunc porta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> augue. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Quisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fames ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nunc ac magna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>odio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>vel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>auctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> id, felis. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cursus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sagittis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> felis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="789CE31A" w14:textId="35C14C50" w:rsidR="004441EA" w:rsidRPr="00C778B7" w:rsidRDefault="004441EA" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> de observar cómo se resuelven los conflictos en la materia y qué es lo que hacen los jueces cuando hablan, lo cual permite también exponer características propias del género judicial como pieza argumental. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Mauris eget neque at sem venenatis eleifend. Ut nonummy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="7153D9B9" w14:textId="77777777" w:rsidR="00C778B7" w:rsidRPr="004441EA" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:ind w:firstLine="340"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Finalmente, vale la pena destacar que los autor</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004441EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2 líneas en blanco</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004441EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">es de los capítulos cuentan con una extensa trayectoria en el estudio de la relación entre el derecho y el lenguaje. La editora ha publicado diversos trabajos en la temática, entre los cuales se destaca </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F7F67D" w14:textId="77777777" w:rsidR="004441EA" w:rsidRDefault="004441EA" w:rsidP="00C778B7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532AF2A3" w14:textId="78CCD443" w:rsidR="00C778B7" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referencias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>(Normas APA 7° edición)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AB2C69" w14:textId="77777777" w:rsidR="00C778B7" w:rsidRPr="00C778B7" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fuente 10pts. Sangría francesa 1,25cm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E6B44D" w14:textId="69324042" w:rsidR="00C778B7" w:rsidRPr="00F24D85" w:rsidRDefault="00C778B7" w:rsidP="00C778B7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Apellido, A. y Apellido, B. (año). Título del capítulo. En N. Apellido (Ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Título del libro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C778B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pp. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C778B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>xx-xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C778B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...208 lines deleted...]
-      </w:r>
+          <w:lang w:val="es-AR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Editorial. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00F24D85" w:rsidRPr="00F24D85">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>https://doi.org/xxxxxxxxx</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="0000001D" w14:textId="7C831B15" w:rsidR="006E5954" w:rsidRPr="00F24D85" w:rsidRDefault="006E5954" w:rsidP="00F24D85">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
-[...809 lines deleted...]
-    <w:sectPr w:rsidR="006E5954" w:rsidSect="00524F98">
+    <w:sectPr w:rsidR="006E5954" w:rsidRPr="00F24D85" w:rsidSect="00524F98">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
-      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="9072" w:h="13325" w:code="28"/>
       <w:pgMar w:top="1644" w:right="851" w:bottom="1361" w:left="851" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49CCFD6B" w14:textId="77777777" w:rsidR="006E2046" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="3A838C3B" w14:textId="77777777" w:rsidR="008A046D" w:rsidRDefault="008A046D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B6665D9" w14:textId="77777777" w:rsidR="006E2046" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="2F731620" w14:textId="77777777" w:rsidR="008A046D" w:rsidRDefault="008A046D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
-    <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Century Schoolbook Std">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5229B554" w14:textId="77777777" w:rsidR="006E2046" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="6F9AC0E4" w14:textId="77777777" w:rsidR="008A046D" w:rsidRDefault="008A046D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12835FCB" w14:textId="77777777" w:rsidR="006E2046" w:rsidRDefault="006E2046">
+    <w:p w14:paraId="18B10BCD" w14:textId="77777777" w:rsidR="008A046D" w:rsidRDefault="008A046D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E5954">
     <w:pPr>
       <w:pStyle w:val="LO-normal"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B8C67A6" w14:textId="77777777" w:rsidR="009126CC" w:rsidRPr="009126CC" w:rsidRDefault="009126CC" w:rsidP="009126CC">
+    <w:pPr>
+      <w:pStyle w:val="LO-normal"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009126CC">
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Tamaño de página: 16 x 23,5 cm.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7471078B" w14:textId="77777777" w:rsidR="009126CC" w:rsidRPr="009126CC" w:rsidRDefault="009126CC" w:rsidP="009126CC">
     <w:pPr>
       <w:pStyle w:val="LO-normal"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009126CC">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Tamaño de página: 16 x 23,5 cm.</w:t>
+      <w:t>Márgenes: Superior 2,9 cm. / Inferior 2,4 cm. / Izquierdo y derecho: 1,5 cm.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="006E5954" w:rsidRDefault="006E2046">
+  <w:p w14:paraId="00000021" w14:textId="08168857" w:rsidR="006E5954" w:rsidRPr="00C778B7" w:rsidRDefault="009126CC" w:rsidP="00C778B7">
     <w:pPr>
-      <w:pStyle w:val="LO-normal"/>
+      <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="3C78D8"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009126CC">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
-      </w:rPr>
-[...16 lines deleted...]
-        <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Tipografía general: Times New </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidRPr="009126CC">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Roman</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r>
+    <w:r w:rsidR="00C778B7">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">. Alineación: Justificado. </w:t>
+      <w:t xml:space="preserve"> 11pts</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="009126CC">
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>. Interlineado 1,15. Alineación: Justificado.</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E5954"/>
+    <w:rsid w:val="004441EA"/>
+    <w:rsid w:val="004B2776"/>
     <w:rsid w:val="00524F98"/>
+    <w:rsid w:val="0067640E"/>
     <w:rsid w:val="006E2046"/>
     <w:rsid w:val="006E5954"/>
+    <w:rsid w:val="008A046D"/>
+    <w:rsid w:val="009126CC"/>
+    <w:rsid w:val="00C778B7"/>
+    <w:rsid w:val="00D020B8"/>
+    <w:rsid w:val="00E47669"/>
+    <w:rsid w:val="00F24D85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2AF242FE"/>
+  <w15:docId w15:val="{CB652196-A5D6-42CB-9BA4-C222A6CEA261}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-AR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="480" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -2749,51 +4059,50 @@
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -3002,79 +4311,80 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="EnlacedeInternet">
     <w:name w:val="Enlace de Internet"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB7A56"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:w w:val="100"/>
       <w:u w:val="thick" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="140"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
     <w:basedOn w:val="Textoindependiente"/>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Epgrafe">
+  <w:style w:type="paragraph" w:styleId="Descripcin">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Ningnestilodeprrafo"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000071E5"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Century Schoolbook"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
     <w:name w:val="Índice"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LO-normal">
     <w:name w:val="LO-normal"/>
+    <w:link w:val="LO-normalCar"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RASAL">
     <w:name w:val="RASAL"/>
     <w:basedOn w:val="LO-normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00046BB9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Century Schoolbook"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="000000"/>
       <w:spacing w:val="17"/>
       <w:u w:val="thick"/>
       <w:lang w:val="en-GB"/>
@@ -3599,1237 +4909,130 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="80" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal2">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal3">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009126CC"/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
-[...108 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="LO-normalCar">
+    <w:name w:val="LO-normal Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="LO-normal"/>
+    <w:rsid w:val="009126CC"/>
+    <w:rPr>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:rsid w:val="00F24D85"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...866 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00F24D85"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xxxxxxxxx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5110,68 +5313,68 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B40FE448-EF8A-4347-B88E-BB09FD7F9268}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5825</Characters>
+  <Pages>2</Pages>
+  <Words>475</Words>
+  <Characters>2614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universidad de Palermo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6871</CharactersWithSpaces>
+  <CharactersWithSpaces>3083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>