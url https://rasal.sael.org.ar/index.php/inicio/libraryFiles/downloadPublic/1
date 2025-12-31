--- v0 (2025-10-06)
+++ v1 (2025-12-31)
@@ -1,15947 +1,9156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="403186FF" w14:textId="120239FF" w:rsidR="00E02FBB" w:rsidRPr="00641389" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Utilizar este archivo para desarrollar el artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="232AD623" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24504FD9" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>RASAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3813FD97" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LINGÜÍSTICA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F467D0" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00DC0635">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2020:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483F8E39" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Recibido:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493FFDB1" w14:textId="0C89DFD0" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aceptado:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F4591A" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570B0034" w14:textId="77777777" w:rsidR="00FA291B" w:rsidRPr="005E311F" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARK: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C13A8D9" w14:textId="55044096" w:rsidR="00FA291B" w:rsidRPr="00D75694" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Título:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:smallCaps/>
-          <w:color w:val="000000"/>
-          <w:u w:val="single"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>versal</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>itas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7941847D" w14:textId="7D45B1C9" w:rsidR="00FA291B" w:rsidRPr="00BD4632" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ítulo en español o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> portugués</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6184B2AF" w14:textId="4BDB482F" w:rsidR="00FA291B" w:rsidRPr="0036428A" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC7C668" w14:textId="1187A955" w:rsidR="00FA291B" w:rsidRPr="00BD4632" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ítulo en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D134DAA" w14:textId="64023640" w:rsidR="00FA291B" w:rsidRPr="00641389" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="005E311F" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autor </w:t>
+      </w:r>
+      <w:r w:rsidR="00004B5A" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y filiación institucional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>itálicas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089729FC" w14:textId="7B83E010" w:rsidR="00FA291B" w:rsidRPr="00FA291B" w:rsidRDefault="008B26D4" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nombre Apellido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A325701" w14:textId="0CE37B2E" w:rsidR="00FA291B" w:rsidRPr="00FA291B" w:rsidRDefault="00004B5A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Filiación institucional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68408C84" w14:textId="660D002D" w:rsidR="00FA291B" w:rsidRPr="00DA3B6C" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3B6C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="008B26D4" w:rsidRPr="00DA3B6C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>número</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BA11EC" w14:textId="6F18AF86" w:rsidR="00FA291B" w:rsidRPr="00DA3B6C" w:rsidRDefault="00FA291B" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50AC5E8D" w14:textId="5077ADF2" w:rsidR="00C8477A" w:rsidRPr="00641389" w:rsidRDefault="00004B5A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E225035" w14:textId="6379F98E" w:rsidR="00C8477A" w:rsidRPr="00BD4632" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
           <w:smallCaps/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:smallCaps/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>esumen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versalitas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156BE489" w14:textId="7FC3B685" w:rsidR="00C8477A" w:rsidRPr="00266632" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6 cm. inicio de párrafo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641389" w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D11ACBA" w14:textId="6B2DA5D9" w:rsidR="00C8477A" w:rsidRPr="00BD4632" w:rsidRDefault="008B26D4" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F477C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et orci. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Aenean nec lorem.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In porttitor. Donec laoreet nonummy augue. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F477C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris eget neque at sem venenatis eleifend. Ut nonummy. Fusce aliquet pede non pede. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A490D79" w14:textId="04B3FF7B" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">línea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>blanco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:smallCaps/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>versales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10pts., minúsculas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F968957" w14:textId="0C4D5A52" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...140 lines deleted...]
-      </w:r>
+          <w:smallCaps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mattis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3D1F92CA" w14:textId="34ECA491" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4F3475" w14:textId="77777777" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9C6DFC" w14:textId="6C2267EC" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00641389" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4632" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versalitas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38340B3A" w14:textId="4EC8C741" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9F9021" w14:textId="32BE6E8B" w:rsidR="00C8477A" w:rsidRPr="00BD4632" w:rsidRDefault="008B26D4" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3B6C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy. Fusce aliquet pede non pede. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67691695" w14:textId="0FB1B140" w:rsidR="00C8477A" w:rsidRPr="00641389" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">línea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D75694" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>blanco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3FEF85E0" w14:textId="6357940C" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mattis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="03719C4A" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="005E311F" w:rsidRDefault="00664E8E" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367DFDF4" w14:textId="796BFED9" w:rsidR="00C8477A" w:rsidRPr="00641389" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nivel 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC6F9BD" w14:textId="083D8A67" w:rsidR="00C8477A" w:rsidRPr="008B26D4" w:rsidRDefault="00C8477A" w:rsidP="00C8477A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B26D4">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>1. Introducción</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA7025F" w14:textId="754E0C26" w:rsidR="00C8477A" w:rsidRPr="00641389" w:rsidRDefault="008B26D4" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...187 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Autor e institución:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C13D0B" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notas al pie, sin sangría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A54610C" w14:textId="73FB497A" w:rsidR="00C13D0B" w:rsidRPr="00C13D0B" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005AFAC0" w14:textId="50269A53" w:rsidR="008B26D4" w:rsidRPr="00D75694" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fusce aliquet pede non pede. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Nunc ac magna. Maecenas odio dolor, vulputate vel, auctor ac, accumsan id, felis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pellentesque cursus sagittis felis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBFB8E4" w14:textId="03E105E5" w:rsidR="00C13D0B" w:rsidRPr="00D75694" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641389" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>itálicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4443F409" w14:textId="013BCC92" w:rsidR="00C13D0B" w:rsidRPr="00D75694" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lorem ipsum dolor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256A9066" w14:textId="2DB7AC2B" w:rsidR="00C13D0B" w:rsidRPr="00641389" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...58 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...93 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Texto:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notas al pie, sin sangría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B78720E" w14:textId="5D70AFAA" w:rsidR="00C13D0B" w:rsidRPr="005E311F" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAD4003" w14:textId="130CE628" w:rsidR="00266632" w:rsidRPr="00D75694" w:rsidRDefault="00266632" w:rsidP="00266632">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 3:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fuente 11pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>itálicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32161D5E" w14:textId="52CBC98B" w:rsidR="00266632" w:rsidRPr="00D75694" w:rsidRDefault="00266632" w:rsidP="00266632">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aenean nec lorem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15717698" w14:textId="79DA3471" w:rsidR="00266632" w:rsidRPr="00641389" w:rsidRDefault="00266632" w:rsidP="00266632">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...72 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...136 lines deleted...]
-        </w:pBdr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notas al pie, sin sangría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDF57B9" w14:textId="77777777" w:rsidR="00266632" w:rsidRPr="00D75694" w:rsidRDefault="00266632" w:rsidP="00266632">
+      <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A122B4" w14:textId="012915E1" w:rsidR="00C13D0B" w:rsidRPr="00D75694" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00641389" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>itálicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFDABB2" w14:textId="4FA06AF2" w:rsidR="00C13D0B" w:rsidRPr="005E311F" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lorem ipsum dolor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D1DCBB" w14:textId="7A08C6FE" w:rsidR="00C13D0B" w:rsidRPr="00641389" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2375 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Texto:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm. Notas al pie, sin sangría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C193470" w14:textId="360DC03C" w:rsidR="00C13D0B" w:rsidRPr="00BD4632" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DA98E3" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0679062D" w14:textId="59391E56" w:rsidR="00C13D0B" w:rsidRPr="00641389" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641389" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798329E7" w14:textId="05FA42DB" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00C13D0B">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="3C78D8"/>
-          <w:sz w:val="24"/>
-[...174 lines deleted...]
-        </w:pBdr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Vivamus a tellus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE70F49" w14:textId="2446CA08" w:rsidR="00C13D0B" w:rsidRPr="00266632" w:rsidRDefault="00664E8E" w:rsidP="00C13D0B">
+      <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669BF528" w14:textId="2B90F0AE" w:rsidR="00664E8E" w:rsidRPr="00266632" w:rsidRDefault="00D75694" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        </w:pBdr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5E4327" w14:textId="01CC4448" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Flechas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1pto. Color: Gris, 50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D42E4AA" w14:textId="1CB3AF59" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00641389" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00281786">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>en las</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>iguras:</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...784 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4B421F" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="378A22B7" wp14:editId="4962A39E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CF0ED07" wp14:editId="51C20513">
             <wp:extent cx="4280535" cy="641985"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="23" name="image2.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4280535" cy="641985"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="64347C78" w14:textId="4DDF9B36" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00641389" w:rsidP="0036428A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="3C78D8"/>
-[...3 lines deleted...]
-        <w:t>Epígrafe:</w:t>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título de cuadros y figuras</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts., alineación centro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C98064C" w14:textId="496DD320" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...226 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Proceso de ‘desentencialización’ (Fuente: Lehmann, 1988)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DFF7A5" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="0036428A">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A50590B" w14:textId="77777777" w:rsidR="0036428A" w:rsidRPr="00664E8E" w:rsidRDefault="0036428A" w:rsidP="0036428A">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F36715D" w14:textId="2B9F024F" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A8023B" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="3C78D8"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Líneas:</w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ½ pto. Color: Gris 50%. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566A7E9A" w14:textId="31665786" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="3C78D8"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Tamaño 9 pts.</w:t>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto </w:t>
+      </w:r>
+      <w:r w:rsidR="00281786">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>en los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuadros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="7020" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1436"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="2072"/>
         <w:gridCol w:w="2072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="21A809EF" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="342"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="4E87CCBC" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nivel de escolaridad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="4AC62CA0" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Proporción de</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="2FAAD848" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>nominalizaciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="48381A0C" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Proporción de</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="2B4C1AAC" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>verbos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="4E169A53" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="4691DA4F" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>6to grado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="6470E349" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="59CC5883" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>11,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="0F6C7023" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>88,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="43C8A731" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="221"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
+          <w:p w14:paraId="542B310D" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...8 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="1805A3D4" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Desv</w:t>
-[...31 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Desv. típ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="2B6AC945" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>6,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="3AB819F5" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>6,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="1FE8D25E" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="03C2DED1" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>3er año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="65EAAD7F" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="770EDC77" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>22,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="102CC0B0" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>77,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="099DDD73" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="221"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
+          <w:p w14:paraId="41DB1CFE" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...8 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="0DF402A2" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Desv</w:t>
-[...31 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Desv. típ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="6515C9D4" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>8,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="0FECC713" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>8,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="1BF0C13B" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="08454B70" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>6to año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="656BC62D" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="729E98EA" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>31,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="495D50C7" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>68,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009735A2">
+      <w:tr w:rsidR="00664E8E" w:rsidRPr="00664E8E" w14:paraId="2FEF4803" w14:textId="77777777" w:rsidTr="000D3233">
         <w:trPr>
           <w:trHeight w:val="221"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
+          <w:p w14:paraId="7E31AD3A" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...8 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="52CF7E22" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Desv</w:t>
-[...31 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Desv. típ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="7D26C620" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>7,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:p w14:paraId="538BA96B" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
             <w:pPr>
-              <w:pStyle w:val="LO-normal"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00664E8E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>7,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
-[...10 lines deleted...]
-        <w:ind w:firstLine="340"/>
+    <w:p w14:paraId="09AA6246" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6888E055" w14:textId="614C3617" w:rsidR="00664E8E" w:rsidRPr="00641389" w:rsidRDefault="00641389" w:rsidP="0036428A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título de cuadros y figuras</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00641389">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts., alineado centro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661312F7" w14:textId="3A1DEAD9" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuadro </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00664E8E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Proporción de nominalizaciones y verbos, basada en el total de contenido predicativo, según el nivel de escolarización</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CB71C4" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CD80D2" w14:textId="77777777" w:rsidR="00DA3B6C" w:rsidRPr="00664E8E" w:rsidRDefault="00DA3B6C" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA5542F" w14:textId="0B6FCFDE" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...109 lines deleted...]
-          <w:lang w:val="es-AR" w:eastAsia="es-AR" w:bidi="ar-SA"/>
+          <w:lang w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B8639A9" wp14:editId="475EE335">
             <wp:extent cx="2811145" cy="1579880"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="24" name="image1.jpg" descr="C:\Users\Ceci\AppData\Local\Microsoft\Windows\INetCache\Content.Word\02.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="C:\Users\Ceci\AppData\Local\Microsoft\Windows\INetCache\Content.Word\02.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2811145" cy="1579880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+    <w:p w14:paraId="39EA110F" w14:textId="10D4E741" w:rsidR="00664E8E" w:rsidRPr="00664E8E" w:rsidRDefault="00452464" w:rsidP="00664E8E">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Jerarquía ilocutiva según Brandt &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rosengren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1992)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+    <w:p w14:paraId="5A189680" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="43680C01" w14:textId="01838891" w:rsidR="00664E8E" w:rsidRPr="0036428A" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2 “</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enter</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D40CFD" w14:textId="5F3E8DCB" w:rsidR="00664E8E" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E8E" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>. Lorem ipsum dolor sit amet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27607C2D" w14:textId="019F1A7D" w:rsidR="00664E8E" w:rsidRPr="005E311F" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF8EA11" w14:textId="487CC48D" w:rsidR="0036428A" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="0036428A">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Mauris eget neque at sem venenatis eleifend. Ut nonummy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53269F2C" w14:textId="3E85CE07" w:rsidR="00DA3B6C" w:rsidRPr="005E311F" w:rsidRDefault="00D75694" w:rsidP="00D75694">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C40D0D" w14:textId="1CDD55F7" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Formato de ejemplos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...546 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uente 10pts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293565DE" w14:textId="7F96FC78" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>(3)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Quechua huancaíno (Cerrón-Palomino, 2003, p. 210)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+        <w:t xml:space="preserve">Quechua </w:t>
+      </w:r>
+      <w:r w:rsidR="00744404" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>uancaíno (Cerrón-Palomino, 2003, p. 210)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0091CDB2" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>shamu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>-n</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
-        <w:t>li-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>nki</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>li-nki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+    <w:p w14:paraId="748CC32F" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>venir-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DISC-POS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.3SG</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ir-2SG</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+    <w:p w14:paraId="5728D1A4" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>‘Si viene, irás.’</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
+    <w:p w14:paraId="53FF77CA" w14:textId="77D21932" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00D75694" w:rsidP="00D75694">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA359DA" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Quechua de Cajamarca (Cerrón-Palomino, 2003, p. 211)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BAAF07" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Quechua de Cajamarca (Cerrón-Palomino, 2003, p. 211)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>miku-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>shpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ri-nki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9672D" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-      <w:r>
+        <w:t>comer-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...28 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CONT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+        <w:t>ir-2SG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2257F5B4" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="gramStart"/>
+        <w:t>‘Irás, luego de comer.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A0A0D3" w14:textId="0E3F953B" w:rsidR="00201CD6" w:rsidRPr="00266632" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Subtítulo nivel 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>itálicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424671C1" w14:textId="3F4CE630" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>comer-</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Lorem ipsum dolor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2386CE4F" w14:textId="6B0950A6" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sangría:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,6cm. Notas al pie, sin sangría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2379B164" w14:textId="0427A86A" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t>ir-2SG</w:t>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179DDE89" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0982E88D" w14:textId="7B423EF1" w:rsidR="00201CD6" w:rsidRPr="00D75694" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtítulo nivel 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D59731" w14:textId="35099C91" w:rsidR="00664E8E" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>4. Conclusiones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E392582" w14:textId="2A6FEAFF" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F8909B" w14:textId="6D407E46" w:rsidR="00201CD6" w:rsidRPr="00D75694" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0C51DE" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00D75694" w:rsidRDefault="00201CD6" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C8354E" w14:textId="3EA80322" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtítulo nivel 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622DF977" w14:textId="08DF8211" w:rsidR="00201CD6" w:rsidRPr="00D75694" w:rsidRDefault="00201CD6" w:rsidP="00664E8E">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Abreviaturas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17335EBC" w14:textId="32DD03E6" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="794" w:right="340" w:hanging="454"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A" w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10pts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:smallCaps/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>abreviaturas en versalitas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C6180F" w14:textId="412E82BB" w:rsidR="00201CD6" w:rsidRPr="00266632" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3C78D8"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3C78D8"/>
-[...3 lines deleted...]
-        <w:t>1 "</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 primera persona; 2 segunda persona; 3 tercera persona; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3C78D8"/>
-[...3 lines deleted...]
-        <w:t>Enter</w:t>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>abl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3C78D8"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ablativo; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>ac</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3C78D8"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acusativo; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>ad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aditivo; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>advr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>adverbializador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>ant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anterior; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>apl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplicativo; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>ben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benefactivo; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>caus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> causativo; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>causa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> causal; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00266632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comitativo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CF3BBB" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00266632" w:rsidRDefault="00201CD6" w:rsidP="00664E8E">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7382E710" w14:textId="434DF046" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 “</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enter</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Texto:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Subtítulo nivel 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tamaño 10 pts. </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sangría:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0,6 cm. al inicio de cada párrafo.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+        <w:t xml:space="preserve"> 12pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE73F2E" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referencias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Normas APA 7° edición)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656FB6FA" w14:textId="66E1CE5E" w:rsidR="00201CD6" w:rsidRPr="005E311F" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:firstLine="340"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...315 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>línea en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75694">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blanco.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="009735A2">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Texto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C20AB4" w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>pts.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20AB4" w:rsidRPr="0036428A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C20AB4" w:rsidRPr="005E311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="3C78D8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Sangría francesa 1,25cm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC22A4A" w14:textId="77777777" w:rsidR="00770439" w:rsidRPr="00770439" w:rsidRDefault="00770439" w:rsidP="00770439">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Apellido, N. y Apellido, N. (año). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Título del libro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>. Editorial. DOI o URL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD85FC5" w14:textId="06C0B094" w:rsidR="00770439" w:rsidRPr="00770439" w:rsidRDefault="00770439" w:rsidP="00770439">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido, N. (Ed.). (año). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Título del trabajo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...763 lines deleted...]
-    <w:p w:rsidR="009735A2" w:rsidRDefault="00E108FD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Editorial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A40EFD4" w14:textId="32944FB2" w:rsidR="00201CD6" w:rsidRPr="00770439" w:rsidRDefault="00770439" w:rsidP="00770439">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Apellido, A. y Apellido, B. (año). Título del capítulo. En N. Apellido (Ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Título del libro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pp. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...18 lines deleted...]
-        <w:t>Enter</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>xx-xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...40 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3091 lines deleted...]
-      <w:cols w:space="720"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>). Editorial. https://doi.org/xxxxxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00201CD6" w:rsidRPr="00770439" w:rsidSect="00EA5136">
+      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1644" w:right="851" w:bottom="1361" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:lnNumType w:countBy="1" w:restart="continuous"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC401F" w:rsidRDefault="00AC401F" w:rsidP="00667F46">
+    <w:p w14:paraId="59D6D52F" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC401F" w:rsidRDefault="00AC401F" w:rsidP="00667F46">
+    <w:p w14:paraId="7826D189" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
-    <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...48 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC401F" w:rsidRDefault="00AC401F" w:rsidP="00667F46">
+    <w:p w14:paraId="3ACEE1F3" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC401F" w:rsidRDefault="00AC401F" w:rsidP="00667F46">
+    <w:p w14:paraId="134FFC66" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="20F4D697" w14:textId="66416694" w:rsidR="00C13D0B" w:rsidRPr="00C13D0B" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliquet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dapibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Integer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Donec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>blandit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>feugiat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ligula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...21 lines deleted...]
-  <w:p w:rsidR="00E108FD" w:rsidRDefault="00E108FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A2D8CF0" w14:textId="77777777" w:rsidR="00EA5136" w:rsidRPr="00DC0635" w:rsidRDefault="00EA5136" w:rsidP="00EA5136">
     <w:pPr>
       <w:pStyle w:val="LO-normal"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC0635">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Tamaño de página: 16 x 23,5 cm.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E108FD" w:rsidRDefault="00E108FD">
+  <w:p w14:paraId="7084CF7E" w14:textId="77777777" w:rsidR="00EA5136" w:rsidRPr="00DC0635" w:rsidRDefault="00EA5136" w:rsidP="00EA5136">
     <w:pPr>
       <w:pStyle w:val="LO-normal"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC0635">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Márgenes: Superior 2,9 cm. / Inferior 2,4 cm. / Izquierdo y derecho: 1,5 cm.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E108FD" w:rsidRDefault="00E108FD">
+  <w:p w14:paraId="70F64602" w14:textId="037DD83B" w:rsidR="00EA5136" w:rsidRPr="00EA5136" w:rsidRDefault="00EA5136" w:rsidP="00EA5136">
     <w:pPr>
-      <w:pStyle w:val="LO-normal"/>
+      <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC0635">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Tipografía general: Times New </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidRPr="00DC0635">
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Roman</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">. Alineación: Justificado. </w:t>
+      <w:t>. Interlineado 1,15.</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00DC0635">
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="3C78D8"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Alineación: Justificado.</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009735A2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E108FD"/>
+    <w:rsidRoot w:val="00FA291B"/>
+    <w:rsid w:val="00004B5A"/>
+    <w:rsid w:val="0000765F"/>
+    <w:rsid w:val="001F477C"/>
+    <w:rsid w:val="00201CD6"/>
+    <w:rsid w:val="00255555"/>
+    <w:rsid w:val="00266632"/>
+    <w:rsid w:val="00281786"/>
+    <w:rsid w:val="002B60E3"/>
+    <w:rsid w:val="0036428A"/>
+    <w:rsid w:val="003F454E"/>
+    <w:rsid w:val="004274D2"/>
+    <w:rsid w:val="00452464"/>
+    <w:rsid w:val="005E311F"/>
+    <w:rsid w:val="00613513"/>
+    <w:rsid w:val="00623EE4"/>
+    <w:rsid w:val="00641389"/>
+    <w:rsid w:val="00664E8E"/>
+    <w:rsid w:val="006B5168"/>
+    <w:rsid w:val="006D75C6"/>
+    <w:rsid w:val="006E583C"/>
+    <w:rsid w:val="00744404"/>
+    <w:rsid w:val="00770439"/>
+    <w:rsid w:val="00784705"/>
+    <w:rsid w:val="00800459"/>
+    <w:rsid w:val="008B26D4"/>
+    <w:rsid w:val="00A526EB"/>
+    <w:rsid w:val="00A85633"/>
+    <w:rsid w:val="00AC0656"/>
+    <w:rsid w:val="00B118BD"/>
+    <w:rsid w:val="00BC4261"/>
+    <w:rsid w:val="00BD053B"/>
+    <w:rsid w:val="00BD4632"/>
+    <w:rsid w:val="00C13D0B"/>
+    <w:rsid w:val="00C20AB4"/>
+    <w:rsid w:val="00C8477A"/>
+    <w:rsid w:val="00D27087"/>
+    <w:rsid w:val="00D464B2"/>
+    <w:rsid w:val="00D700E7"/>
+    <w:rsid w:val="00D75694"/>
+    <w:rsid w:val="00DA3B6C"/>
+    <w:rsid w:val="00DC0635"/>
+    <w:rsid w:val="00E02FBB"/>
+    <w:rsid w:val="00EA5136"/>
+    <w:rsid w:val="00EE23F2"/>
+    <w:rsid w:val="00F95BBA"/>
+    <w:rsid w:val="00FA291B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="716DB08E"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{55A46855-C2AB-4654-A8E7-C3F20BDC4DDF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-ES_tradnl" w:eastAsia="es-AR" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-AR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00667F46"/>
-[...17 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="280" w:after="80"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="240" w:after="40"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="220" w:after="40"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="200" w:after="40"/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
-    <w:aliases w:val="Subtítulo 1"/>
-    <w:basedOn w:val="LO-normal"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00667F46"/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
-      <w:pBdr>
-[...6 lines deleted...]
-      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo8">
     <w:name w:val="heading 8"/>
-    <w:aliases w:val="Autoría"/>
-    <w:basedOn w:val="LO-normal"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00667F46"/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
-      <w:color w:val="000000"/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...8 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
+    <w:name w:val="Título 5 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
+    <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
+    <w:name w:val="Título 7 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
+    <w:name w:val="Título 8 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
+    <w:name w:val="Título 9 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="LO-normal"/>
-    <w:next w:val="Textoindependiente"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="72"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
-[...47 lines deleted...]
-    <w:rsid w:val="00046BB9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FA291B"/>
     <w:rPr>
-      <w:w w:val="100"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="A4">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubttuloCar"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00046BB9"/>
+    <w:rsid w:val="00FA291B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Century Schoolbook"/>
-[...5 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="A8">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
+    <w:name w:val="Subtítulo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Subttulo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FA291B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cita">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaCar"/>
+    <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00046BB9"/>
+    <w:rsid w:val="00FA291B"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Century Schoolbook"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="221E1F"/>
-[...1 lines deleted...]
-      <w:szCs w:val="12"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="A5">
-[...3 lines deleted...]
-    <w:rsid w:val="00046BB9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
+    <w:name w:val="Cita Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Cita"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FA291B"/>
     <w:rPr>
-      <w:rFonts w:cs="Century Schoolbook"/>
-[...2 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ancladenotaalpie">
-    <w:name w:val="Ancla de nota al pie"/>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfasisintenso">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA291B"/>
     <w:rPr>
-      <w:w w:val="100"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteCharacters">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="Citadestacada">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitadestacadaCar"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="000071E5"/>
+    <w:rsid w:val="00FA291B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:w w:val="100"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ancladenotafinal">
-[...2 lines deleted...]
-    <w:rsid w:val="000071E5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
+    <w:name w:val="Cita destacada Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Citadestacada"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FA291B"/>
     <w:rPr>
-      <w:w w:val="100"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
-    <w:name w:val="Texto de globo Car"/>
+  <w:style w:type="character" w:styleId="Referenciaintensa">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
-[...1 lines deleted...]
-    <w:semiHidden/>
+    <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="000071E5"/>
-[...21 lines deleted...]
-    <w:rsid w:val="004663DB"/>
+    <w:rsid w:val="00FA291B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:w w:val="100"/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ninguno">
-[...52 lines deleted...]
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:pPr>
-[...414 lines deleted...]
-    <w:link w:val="TextodegloboCar"/>
+    <w:link w:val="TextonotapieCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...285 lines deleted...]
-    <w:rsid w:val="00D317C3"/>
+    <w:rsid w:val="008B26D4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="340"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:smallCaps/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
-[...1 lines deleted...]
-    <w:aliases w:val="Subtítulo 1 Car"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+    <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00667F46"/>
+    <w:link w:val="Textonotapie"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B26D4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B26D4"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C13D0B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C13D0B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C13D0B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C13D0B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="LO-normal">
+    <w:name w:val="LO-normal"/>
+    <w:link w:val="LO-normalCar"/>
+    <w:rsid w:val="00664E8E"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LO-normalCar">
     <w:name w:val="LO-normal Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="LO-normal"/>
-    <w:rsid w:val="00D317C3"/>
+    <w:rsid w:val="00664E8E"/>
     <w:rPr>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloprincipalCar">
-[...3 lines deleted...]
-    <w:rsid w:val="00D317C3"/>
+  <w:style w:type="paragraph" w:styleId="Descripcin">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC0635"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:smallCaps/>
+      <w:rFonts w:ascii="Century Schoolbook" w:eastAsia="Calibri" w:hAnsi="Century Schoolbook" w:cs="Century Schoolbook"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
-[...1 lines deleted...]
-    <w:aliases w:val="Autoría Car"/>
+  <w:style w:type="character" w:styleId="Nmerodelnea">
+    <w:name w:val="line number"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
-[...369 lines deleted...]
-    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...1048 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EA5136"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...33 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11225</Characters>
+  <Pages>5</Pages>
+  <Words>1884</Words>
+  <Characters>10366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Universidad de Palermo</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13239</CharactersWithSpaces>
+  <CharactersWithSpaces>12226</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>HP</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Vero</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>