--- v1 (2025-12-31)
+++ v2 (2026-01-21)
@@ -803,92 +803,92 @@
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10pts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D11ACBA" w14:textId="6B2DA5D9" w:rsidR="00C8477A" w:rsidRPr="00BD4632" w:rsidRDefault="008B26D4" w:rsidP="008B26D4">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F477C">
+      <w:r w:rsidRPr="00FE67DB">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et orci. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B26D4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mauris et orci. </w:t>
+        <w:t>Aenean nec lorem.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B26D4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Aenean nec lorem.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">In porttitor. Donec laoreet nonummy augue. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE67DB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. </w:t>
       </w:r>
       <w:r w:rsidRPr="008B26D4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris eget neque at sem venenatis eleifend. Ut nonummy. Fusce aliquet pede non pede. </w:t>
       </w:r>
       <w:r w:rsidRPr="008B26D4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4632">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
@@ -1040,50 +1040,51 @@
       </w:r>
       <w:r w:rsidRPr="005E311F">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10pts., minúsculas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F968957" w14:textId="0C4D5A52" w:rsidR="00C8477A" w:rsidRPr="005E311F" w:rsidRDefault="001F477C" w:rsidP="00C8477A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>alabras clave:</w:t>
       </w:r>
       <w:r w:rsidR="00C8477A" w:rsidRPr="005E311F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C13D0B" w:rsidRPr="005E311F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>suspendisse</w:t>
       </w:r>
@@ -1852,99 +1853,99 @@
           <w:color w:val="3C78D8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Notas al pie, sin sangría.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A54610C" w14:textId="73FB497A" w:rsidR="00C13D0B" w:rsidRPr="00C13D0B" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4632">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="005AFAC0" w14:textId="50269A53" w:rsidR="008B26D4" w:rsidRPr="00D75694" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fusce aliquet pede non pede. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2417,51 +2418,61 @@
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
+        <w:t xml:space="preserve">Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75694">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2870,51 +2881,61 @@
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13D0B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nunc viverra imperdiet enim.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669BF528" w14:textId="2B90F0AE" w:rsidR="00664E8E" w:rsidRPr="00266632" w:rsidRDefault="00D75694" w:rsidP="00664E8E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
@@ -4567,50 +4588,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA5542F" w14:textId="0B6FCFDE" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-AR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B8639A9" wp14:editId="475EE335">
             <wp:extent cx="2811145" cy="1579880"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="24" name="image1.jpg" descr="C:\Users\Ceci\AppData\Local\Microsoft\Windows\INetCache\Content.Word\02.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="C:\Users\Ceci\AppData\Local\Microsoft\Windows\INetCache\Content.Word\02.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2811145" cy="1579880"/>
                     </a:xfrm>
@@ -4655,71 +4677,51 @@
       <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00664E8E" w:rsidRPr="00664E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Jerarquía ilocutiva según Brandt &amp; </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (1992)</w:t>
+        <w:t>. Jerarquía ilocutiva según Brandt &amp; Rosengren (1992)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A189680" w14:textId="77777777" w:rsidR="00664E8E" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43680C01" w14:textId="01838891" w:rsidR="00664E8E" w:rsidRPr="0036428A" w:rsidRDefault="00664E8E" w:rsidP="00664E8E">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
@@ -5401,51 +5403,70 @@
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(4)</w:t>
       </w:r>
       <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Quechua de Cajamarca (Cerrón-Palomino, 2003, p. 211)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Quechua</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00201CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Cajamarca (Cerrón-Palomino, 2003, p. 211)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BAAF07" w14:textId="77777777" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="794" w:right="340" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5681,50 +5702,51 @@
           <w:iCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>itálicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424671C1" w14:textId="3F4CE630" w:rsidR="00201CD6" w:rsidRPr="00201CD6" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00201CD6">
         <w:rPr>
           <w:i/>
@@ -6325,51 +6347,50 @@
     <w:p w14:paraId="17335EBC" w14:textId="32DD03E6" w:rsidR="00201CD6" w:rsidRPr="0036428A" w:rsidRDefault="00201CD6" w:rsidP="00201CD6">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036428A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00D75694" w:rsidRPr="00D75694">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>línea en</w:t>
       </w:r>
       <w:r w:rsidR="00D75694">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> blanco.</w:t>
       </w:r>
       <w:r w:rsidRPr="0036428A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="3C78D8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
@@ -6452,50 +6473,51 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1 primera persona; 2 segunda persona; 3 tercera persona; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>abl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00266632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ablativo; </w:t>
       </w:r>
@@ -7171,148 +7193,149 @@
         <w:t xml:space="preserve"> (pp. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>xx-xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00770439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>). Editorial. https://doi.org/xxxxxxxxx</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00201CD6" w:rsidRPr="00770439" w:rsidSect="00EA5136">
+    <w:sectPr w:rsidR="00201CD6" w:rsidRPr="00770439" w:rsidSect="00FE67DB">
       <w:headerReference w:type="first" r:id="rId8"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="9072" w:h="13325"/>
       <w:pgMar w:top="1644" w:right="851" w:bottom="1361" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59D6D52F" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+    <w:p w14:paraId="531E80C9" w14:textId="77777777" w:rsidR="00FF50CB" w:rsidRDefault="00FF50CB" w:rsidP="008B26D4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7826D189" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+    <w:p w14:paraId="25BB372D" w14:textId="77777777" w:rsidR="00FF50CB" w:rsidRDefault="00FF50CB" w:rsidP="008B26D4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
+    <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ACEE1F3" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+    <w:p w14:paraId="33EED199" w14:textId="77777777" w:rsidR="00FF50CB" w:rsidRDefault="00FF50CB" w:rsidP="008B26D4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134FFC66" w14:textId="77777777" w:rsidR="00D700E7" w:rsidRDefault="00D700E7" w:rsidP="008B26D4">
+    <w:p w14:paraId="4D4CFB35" w14:textId="77777777" w:rsidR="00FF50CB" w:rsidRDefault="00FF50CB" w:rsidP="008B26D4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="20F4D697" w14:textId="66416694" w:rsidR="00C13D0B" w:rsidRPr="00C13D0B" w:rsidRDefault="00C13D0B" w:rsidP="00C13D0B">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C13D0B">
         <w:rPr>
@@ -7599,52 +7622,52 @@
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>. Interlineado 1,15.</w:t>
     </w:r>
     <w:r w:rsidRPr="00DC0635">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="3C78D8"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Alineación: Justificado.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA291B"/>
     <w:rsid w:val="00004B5A"/>
@@ -7660,61 +7683,64 @@
     <w:rsid w:val="004274D2"/>
     <w:rsid w:val="00452464"/>
     <w:rsid w:val="005E311F"/>
     <w:rsid w:val="00613513"/>
     <w:rsid w:val="00623EE4"/>
     <w:rsid w:val="00641389"/>
     <w:rsid w:val="00664E8E"/>
     <w:rsid w:val="006B5168"/>
     <w:rsid w:val="006D75C6"/>
     <w:rsid w:val="006E583C"/>
     <w:rsid w:val="00744404"/>
     <w:rsid w:val="00770439"/>
     <w:rsid w:val="00784705"/>
     <w:rsid w:val="00800459"/>
     <w:rsid w:val="008B26D4"/>
     <w:rsid w:val="00A526EB"/>
     <w:rsid w:val="00A85633"/>
     <w:rsid w:val="00AC0656"/>
     <w:rsid w:val="00B118BD"/>
     <w:rsid w:val="00BC4261"/>
     <w:rsid w:val="00BD053B"/>
     <w:rsid w:val="00BD4632"/>
     <w:rsid w:val="00C13D0B"/>
     <w:rsid w:val="00C20AB4"/>
     <w:rsid w:val="00C8477A"/>
+    <w:rsid w:val="00D020B8"/>
     <w:rsid w:val="00D27087"/>
     <w:rsid w:val="00D464B2"/>
     <w:rsid w:val="00D700E7"/>
     <w:rsid w:val="00D75694"/>
     <w:rsid w:val="00DA3B6C"/>
     <w:rsid w:val="00DC0635"/>
     <w:rsid w:val="00E02FBB"/>
     <w:rsid w:val="00EA5136"/>
     <w:rsid w:val="00EE23F2"/>
     <w:rsid w:val="00F95BBA"/>
     <w:rsid w:val="00FA291B"/>
+    <w:rsid w:val="00FE67DB"/>
+    <w:rsid w:val="00FF50CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="716DB08E"/>
@@ -9087,51 +9113,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
+  <Pages>8</Pages>
   <Words>1884</Words>
   <Characters>10366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12226</CharactersWithSpaces>